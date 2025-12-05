--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -6,684 +6,841 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="0020782C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Главному бухгалтеру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRDefault="0069213E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...20 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ООО «СФН»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="0069213E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Самсоновой С. В.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="003C32CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1590"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>От</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRPr="00403945" w:rsidRDefault="003C32CD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="003C32CD">
       <w:pPr>
         <w:jc w:val="right"/>
-      </w:pPr>
-[...5 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="003C32CD">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="003C32CD">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRPr="00403945" w:rsidRDefault="003C32CD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRPr="00403945" w:rsidRDefault="003C32CD">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRPr="00403945" w:rsidRDefault="003C32CD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403945">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1195A">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>НА ПОЛУЧЕНИЕ ИНВЕСТИЦИОННОГО НАЛОГОВОГО ВЫЧЕТА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1195A">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C32CD" w:rsidRPr="00A1195A" w:rsidRDefault="003C32CD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="003C32CD">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...21 lines deleted...]
-      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я, __________________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживающий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(адрес места жительства резидента/нерезидента, контактные телефоны):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
-          <w:b/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">Я, __________________________________________________________________________, </w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(адрес регистрации / места жительства за пределами РФ)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(адрес места пребывания (фактического проживания) /адрес места жительства или пребывания в РФ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(адрес места жительства резидента/нерезидента, контактные телефоны):</w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A">
+        <w:t>(контактные телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1195A" w:rsidRPr="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1195A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(адрес регистрации / места жительства за пределами РФ)</w:t>
+        <w:t>(наименование, номер, серия, кем и когда выдан, код подразделения (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>доверенность от ____________   № __________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A1195A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BE5">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(адрес места пребывания (фактического проживания) /адрес места жительства или пребывания в РФ)</w:t>
+        <w:t>(заполняется представителем)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00A1195A">
-[...103 lines deleted...]
-        <w:t>доверенность от ____________   № __________________</w:t>
+    <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00C96BE5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошу предоставить </w:t>
       </w:r>
       <w:r w:rsidR="00C96BE5">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>____________</w:t>
+        <w:t>мне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:r w:rsidR="00C96BE5">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пп.1 п. 1 статьи 219.1 НК РФ инвестиционный налоговый вычет в размере </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>положительного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> финансового результата, полученного от </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>реализации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>погашения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ценных бумаг, обращающихся на </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организованном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рынке </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96BE5">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ценных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бумаг и находившихся в собственности более трех лет</w:t>
+      </w:r>
+      <w:r w:rsidR="00E450F7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ценные бумаги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403945" w:rsidRDefault="00403945" w:rsidP="00C96BE5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00240FE2" w:rsidRDefault="00401B8E" w:rsidP="00C96BE5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу учитывать настоящее заявление </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7008">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при определении налоговых баз </w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по всем </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5A7A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">операциям </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5A7A" w:rsidRPr="006C5A7A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>реализации (погашения) ценных бумаг</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5A7A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществл</w:t>
+      </w:r>
+      <w:r w:rsidR="00E450F7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яемым</w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C96BE5">
-[...13 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00E450F7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ООО «СФН»</w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">моих </w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интересах</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94AF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00740FD0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии условиями инвестирования </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94AF9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(в том числе в отношении ценных бумаг, приобретенных в будущем)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E450F7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00390357">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в течение</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7008">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00390357">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всего </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7008">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>период</w:t>
+      </w:r>
+      <w:r w:rsidR="00390357">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7008">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инвестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00240FE2" w:rsidRPr="00240FE2">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00A1195A" w:rsidRDefault="00A1195A" w:rsidP="00C96BE5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...121 lines deleted...]
-        <w:jc w:val="center"/>
+    </w:p>
+    <w:p w:rsidR="005F77D2" w:rsidRDefault="005F77D2">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00544FEA" w:rsidRDefault="00544FEA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003C32CD" w:rsidRDefault="00842C53" w:rsidP="00A1195A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00401B8E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00C96BE5">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00401B8E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="0069213E">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00C96BE5">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00401B8E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="0069213E">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00A1195A">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="0069213E">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> года</w:t>
       </w:r>
       <w:r w:rsidR="00A1195A">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
@@ -786,104 +943,131 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003C32CD" w:rsidRPr="00C96BE5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00715FB8"/>
     <w:rsid w:val="00175DE7"/>
     <w:rsid w:val="0020782C"/>
+    <w:rsid w:val="00240FE2"/>
     <w:rsid w:val="0027702D"/>
     <w:rsid w:val="00283B81"/>
     <w:rsid w:val="003543C2"/>
+    <w:rsid w:val="00390357"/>
+    <w:rsid w:val="003B0C2F"/>
     <w:rsid w:val="003C32CD"/>
+    <w:rsid w:val="00401B8E"/>
+    <w:rsid w:val="00403945"/>
     <w:rsid w:val="00474960"/>
+    <w:rsid w:val="004E2E77"/>
     <w:rsid w:val="00544FEA"/>
+    <w:rsid w:val="005F77D2"/>
     <w:rsid w:val="0069213E"/>
+    <w:rsid w:val="006C5A7A"/>
+    <w:rsid w:val="00700C04"/>
     <w:rsid w:val="00715FB8"/>
+    <w:rsid w:val="00740FD0"/>
     <w:rsid w:val="00842C53"/>
     <w:rsid w:val="008B3882"/>
+    <w:rsid w:val="008B7008"/>
     <w:rsid w:val="008E5B5F"/>
+    <w:rsid w:val="00971C2E"/>
+    <w:rsid w:val="0099590F"/>
     <w:rsid w:val="009C2418"/>
     <w:rsid w:val="00A1195A"/>
+    <w:rsid w:val="00A474CA"/>
+    <w:rsid w:val="00A94AF9"/>
     <w:rsid w:val="00B71865"/>
+    <w:rsid w:val="00B81F5A"/>
+    <w:rsid w:val="00B8460B"/>
     <w:rsid w:val="00C96BE5"/>
     <w:rsid w:val="00CA08F8"/>
+    <w:rsid w:val="00CC3EB1"/>
+    <w:rsid w:val="00D559AA"/>
     <w:rsid w:val="00E37C59"/>
+    <w:rsid w:val="00E450F7"/>
     <w:rsid w:val="00EA53EF"/>
     <w:rsid w:val="00ED0BF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -899,50 +1083,94 @@
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1130,76 +1358,104 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00403945"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00403945"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -1463,77 +1719,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>234</Words>
-  <Characters>1334</Characters>
+  <Words>169</Words>
+  <Characters>1728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Президенту ЗАО ИК «Тройка Диалог»</vt:lpstr>
       <vt:lpstr>Президенту ЗАО ИК «Тройка Диалог»</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>3D</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1565</CharactersWithSpaces>
+  <CharactersWithSpaces>1894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Президенту ЗАО ИК «Тройка Диалог»</dc:title>
   <dc:subject/>
   <dc:creator>Ghost845_XP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>